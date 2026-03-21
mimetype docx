--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -1623,124 +1623,124 @@
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                机票:济南-绵阳/成都往返经济舱机票含税；（团队机票一经出票，不得退改签）（失信被执行人/限制高消费人群不得乘机，请报名前据实告知，如隐瞒一经确认视为出票，机票全损，请游客自行承担损失）
-[...3 lines deleted...]
-                车辆:行程车：1+1布局保姆型大商务座椅，空间宽敞，智能坐躺随意切换，座位配备usb充电口；
+                机票   济南-成都往返机票款经济舱。
+                <w:br/>
+                车辆	行程车：1+1布局保姆型大商务座椅，空间宽敞，智能坐躺随意切换，座位配备usb充电口；
                 <w:br/>
                         满8人安排首席座驾，未满人数安排7/9座商务车。
                 <w:br/>
-                接送车：小车专车接送、不拼不等、随到随走。
-[...1 lines deleted...]
-                用餐:全程5酒店早餐5正餐（正餐30标）；正餐10人1桌10菜1汤；酒店早餐为酒店床位赠送套餐，不用不退，敬请理解。
+                接送车：小车专车接送、不拼不等、随到随走、帮拿行李、帮办理入住。
+                <w:br/>
+                用餐	全程5酒店早餐5正餐（正餐30标）；正餐10人1桌10菜1汤；酒店早餐为酒店床位赠送套餐，不用不退，敬请理解。
                 <w:br/>
                 住宿	参考酒店：
                 <w:br/>
-                九寨沟四钻参考酒店：璟悦/名人
-[...11 lines deleted...]
-                保险：旅行社责任保险
+                九寨沟四钻：璟悦/名人
+                <w:br/>
+                九寨县城国五：悦榕庄
+                <w:br/>
+                成都四钻：昌都宾馆/好客大酒店
+                <w:br/>
+                都江堰三钻：江上名都/上禾辰岳
+                <w:br/>
+                导游	成都出发持国家导游资格证中文导游服务。
+                <w:br/>
+                儿童	只含车位、中餐半餐费、旅游意外保险。
+                <w:br/>
+                保险	旅行社责任保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                【门票】不含熊猫基地55元/人；九寨沟旺季（4.1-11.15）190元/人，淡季（11.16-次年3.31）80元/人；三星堆72元/人；都江堰80元/人；乐山大佛登山80元/人or游船70元/人。
+                <w:br/>
                 【景交】不含熊猫基地观光车30元/人耳麦10元/人；九寨沟观光车旺季（4.1-11.15）90元/人，淡季（11.16-次年3.31）80元/人、保险10元/人；三星堆耳麦30元/人；都江堰扶梯40元/人观光车耳麦30元/人；乐山大佛观光车15元/人耳麦10元/人。
                 <w:br/>
                 【用餐】不含的餐敬请自理。
                 <w:br/>
                 【儿童】价格不含床位不含酒店早晚餐，不含门票，超过1.2米请自行购买儿童票。
                 <w:br/>
                 【其他】费用包含中未写明费用及其个人消费因交通延阻、罢工、天气、飞机、机器故障、航班取消或更改时间等不可抗力原因所导致的额外费用。酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费。自娱自乐项目，以上所列服务外的其它任何费用（如景区马费、各景点小门票、用餐酒水费用、及其他一切个人开支）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
@@ -1898,405 +1898,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥ 260.00</w:t>
-            </w:r>
-[...353 lines deleted...]
-              <w:t xml:space="preserve">¥ 25.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2511,51 +2156,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                          打印日期：2026-02-04</w:t>
+      <w:t xml:space="preserve">                                                                          打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>