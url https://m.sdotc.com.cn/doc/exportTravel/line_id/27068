--- v0 (2025-10-01)
+++ v1 (2026-02-15)
@@ -725,53 +725,50 @@
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐后乘车赴临潼，参观有 “世界第八大奇迹”之称的【秦始皇兵马俑博物院（不含门票，根据年龄情况自理）】感受秦朝气势雄伟、庞大军阵的一、二、三号坑，参观秦宫廷生活的铜车马展厅。了解秦始皇陵当时陵墓的选址和建设的高超水平。
                 <w:br/>
                 兵马俑门票政策：（客人根据实际情况在车上将门票费用给导游）
                 <w:br/>
                 成人：120元/人
                 <w:br/>
                 半票：全日制大学生凭有效学生证、退伍军人优待证 60元/人。
                 <w:br/>
                 免票：16岁以下（需要成人陪同）、65岁以上、残疾人 免票
                 <w:br/>
-                 后游览最完整的中国唐文化标志性景区【唐·华清宫】（门票已含），这里因骊山亘古不变的温泉资源、烽火戏诸侯的历史典故、唐明皇与杨贵妃的爱情故事及西安事变的发生地而享誉海外。华清宫本是一个普通的皇家避寒宫殿，华清池因杨贵妃而享誉古今。一千多年前三郎与玉环的爱情，在飞霜殿内、在九龙湖上、在石榴树下、在贵妃池旁，恩爱十年抵不上马嵬士兵哗变，是爱？是恨？美人已去，池仍在，慕名而来只为一睹贵妃出浴的香艳之地。
-[...1 lines deleted...]
-                备注：兵马俑+华清宫 双景区为 国家5A级无烟无噪音景区，为更加深入的了解秦唐文化，蓝牙耳麦讲解使用费共计40元/人 敬请自理。如不自费，无法听到导游讲解。
                 <w:br/>
                 观看大型真人秀演出《驼铃传奇秀》（演出门票已含），会跑的实景演艺驼铃传奇秀，以“一带一路”为主线，深入挖掘大唐传统文化，追寻驼队丝绸之路上的踪迹，以正能量传播西安最辉煌历史时期的文化传奇。驼铃传奇整场演艺分为序幕《岁月再现》及《送君千里》、《狼道遇险》、《异国风情》、《祥雨洗尘》、《迎郎归来》、《华夏盛世》七幕剧情。讲述了西行驼队一路经历火山、雪崩、风沙、大漠等自然险阻以及狼群突袭，九死一生达到当时的罗马帝国，随后满载货物返程，巧遇天降圣水，在亲人的期盼中安然返回长安的征程。
                 <w:br/>
                 后乘车赴西安千古情景区观看演出【西安千古情】（含演出+园区门票）这是一场，梦回盛世又充满人间烟火气的大型文化景区，这里有着独居陕西本地风味餐饮的烟火街，和各种精美特色手工艺伴手礼的过眼街，在每天的不同时段还有各种风格的表演和参与式演出，如大地震、喀秋莎、藏族锅庄……文化是旅游的灵魂，宋城景区充分结合浐河灞河的历史传奇，更是让您在湖光旖旎、绿柳飘绵的风景中，开启一次华夏民族记忆之旅。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
@@ -1796,51 +1793,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                          打印日期：2025-10-02</w:t>
+      <w:t xml:space="preserve">                                                                          打印日期：2026-02-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>