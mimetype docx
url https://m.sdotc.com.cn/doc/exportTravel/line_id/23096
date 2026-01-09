--- v0 (2025-10-23)
+++ v1 (2026-01-09)
@@ -154,51 +154,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">长沙市</w:t>
+              <w:t xml:space="preserve">湖南省</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
@@ -423,59 +423,57 @@
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">产品介绍</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8500" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【超值礼包】赠送价值228元大型晚会+赠送价值498元景区必乘小交通！0自费。
                 <w:br/>
-                【 舒适体验】齐鲁人专属，乡音陪伴！豪华旅游大巴车 保驾护航
-[...7 lines deleted...]
-                【深度游览】张家界国家森林公园深度游（袁家界、负氧离子天子山-国家领导人必走路线）天门山国家森林公园！独家打卡黄石寨、网红双古镇！！
+                【舒心住宿】当地舒适商务酒店，特别升级当地特色客栈
+                <w:br/>
+                【贴心服务】优秀国证导游全程贴心、细心服务 幽默讲解！ 
+                <w:br/>
+                【湘西美食】湘西特色餐、土家三下锅、特色民俗晚宴
+                <w:br/>
+                【深度游览】张家界国家森林公园深度游（袁家界、负氧离子天子山-国家领导人必走路线）天门山国家森林公园！网红凤凰古城打卡+特色苗寨
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1000" w:type="dxa"/>
@@ -540,52 +538,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 济南 &gt;&gt;张家界
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                济南机场乘坐航班 直达张家界，工作人员接机送入酒店休息。
-                <w:br/>
+                济南机场乘坐航班 直达张家界，专人接站后 前往酒店入住休息。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 工作人员会提前跟客人短信联系，为了我们的工作能更加顺利，收到短信后烦请回复。
                 <w:br/>
                 交通：飞机/大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
@@ -699,80 +696,85 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                森林公园-黄石寨-凤凰古城
+                天门山森林公园-玻璃栈道-凤凰古城
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后乘车抵达【张家界国家森林公园】，游览素有“不上黄石寨、枉到张家界”之美誉的【黄石寨风景区】（索道往返已含），黄石寨五步称奇，七步叫绝；十步之外，目瞪口呆，著名景点:摘星台、五指峰、六奇阁等；黄石寨位于森林公园中部，亦称黄狮寨，相传张良师傅黄石公曾到此炼丹而得名。这里是张家界森林公园外最大、最集中的观景台，不仅具有丹霞峰林之特色，还具有美国科罗拉多峰林之神韵，更有苍翠的武陵松点缀其上，博大、瑰丽而浑厚。黄石寨顶开阔平坦，四周为悬崖绝壁，是张家界最大的凌空观景台。登台四望，可看到闺门初开、天书宝匣、定山神针、黑枞脑、南天一柱等，是国家森林公园景区的精华所在。寨顶还建有“六奇阁”观景楼，六奇阁左前方，有一向外突出的观景台“摘星台”。
+                早餐后前往5A景区游览【天门山国家森林公园】（赠送索道或环保车上下）体验“云在脚下，奇峰尽览，万象目中”的豪迈感觉，观【天门山玻璃栈道】：这条看着就让人腿软的玻璃栈道给人带来的刺激震撼感。【通天大道】：被称为通天大道的盘山公路共计99弯，“天下第一公路奇观”横空出世，垂直高差达千米左右。【天门洞开】：山上乘坐穿山隧道扶手电梯（赠送扶梯及鞋套费用，不去不退），行进于山顶与天门洞之间，感受中国制造的震撼，到达天门洞内，祈福平安。
+                <w:br/>
                 <w:br/>
                 后乘车赴【凤凰古城】（车程约4小时），游览曾被新西兰著名作家路易艾黎称赞为中国最美丽的小城，九大体验环节令人流连忘返，有身临其境的苗寨风情码头、唯美的翠翠竹排表演、壮阔的黄永玉百米画卷、晨光中的水上油菜花田、穿越苗族时空的虹桥隧道、龙潭渔火中爷爷的渔船、浪漫的沈从文情诗水幕、梦幻的湘见·沱江主题光影表演、震撼的苗族太阳神鼓电光秀。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
-                 1.凤凰古城为敞开式民用商业区，特色商品导游义务介绍，旅游者购物行为为自主选择，旅行社不接受、凤凰区域旅游者购物方面的投诉及退换货的要求；
-[...3 lines deleted...]
-                3.景区游客较多，请跟好大部队，认清导游，不建议单独活动。
+                 1.因天门山景区是张家界最火爆的旅游景区，每天有售票额度限制，都需提前实名预约门票及游览时间段，景区为分流人群，游览线路分为天门山景区游览线分为1线和2线上下山：1线为（大索道上-环保车下）或（环保车上-大索道下）、二种游览方式；2线为（大索道上-快索下）或（快索上-大索道下）或（快索上-快索下）三种游览方式，游览方式由景区根据届时实际情况进行分派，不接受任何赔偿及投诉，请客人予以理解和配合！
+                <w:br/>
+                2.凤凰古城为敞开式民用商业区，特色商品导游义务介绍，旅游者购物行为为自主选择，旅行社不接受、凤凰区域旅游者购物方面的投诉及退换货的要求；
+                <w:br/>
+                      3.提示：2020年11月10日起凤凰古城启用接驳车，需要集中到接驳中心购票转乘
+                <w:br/>
+                4.景区游客较多，请跟好大部队，认清导游，不建议单独活动。
+                <w:br/>
+                5.凤凰因交通管制，接驳车只能在指定的停车点停车，需步行入酒店。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -882,80 +884,73 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                湘西苗寨-芙蓉镇-张家界
+                湘西苗寨-宝峰湖-张家界
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后，乘BUS前往宋祖英的家乡古丈县（全程约1小时左右）大湘西地区最大、最美丽、民俗风情最浓郁的古朴苗寨—【湘西苗寨】（门票已含）这里是原始生苗人的古老聚居地。古苗人的巫傩神技更让你瞠目结舌。对了歌、喝了酒、击完鼓，才能走进这个原始神秘的古苗寨，“竿子营”营房、烽火台流淌着历史的沧桑、苗族人的家国情怀、民族大义；去茶农家里品鉴最好的“有机茶”—“古丈毛尖”；打上了08奥运开幕式的墨戎“四方鼓舞”，会让您感受到战神蚩尤出征的震撼，秋实丰收的喜悦；精彩绝伦的各种苗族手工纺织、锻制技艺让人叹为观止；神秘的湘西巫术更会让您瞠目结舌、目瞪口呆……跳完竹竿摆手舞，就可以去体验苗家寨子里待客的最高礼遇—“长龙宴”了，那些热情的姑娘，一定要您对上苗家山歌之后，才会奉上筷子，让您来品尝宋祖英家乡的美味—【苗家长龙宴】“长龙宴”湘西苗寨长拢宴是苗族宴席的中最高接待仪式。通常用于用于接亲嫁女、满月酒以及村寨联谊宴饮活动。
-[...11 lines deleted...]
-                赠送观看中国最顶级的民俗风情演出【魅力湘西晚会】，她是湘西文化的缩影；她是土家风俗的灵魂；她集力量与柔美于一身，展现了生命与自然的完美融合。她，就是《魅力湘西》，一场演员与观众激情互动的本色演出。（若景区不开 或个人不看 不退）。
+                早餐后BUS前往【湘西苗寨】古老而神奇的村落，是镶嵌 在神密湘西的一朵奇葩。苗寨居住着百余户苗民，至今留存着千年古俗。是天下闻名的苗 鼓之乡，男女老少皆爱“跳鼓”，曾出过五代苗鼓王。繁衍于斯的苗族同胞，千百年来安 居乐业,他们讲苗语，穿无领绣花衣，以歌为媒， 自由恋爱；晨昏作息，等闲生死；歌舞沉 酣。姑娘喜欢用银饰打扮自己，男人爱结绑腿，喜武术。一直保留最原始的方法榨油，碾米，织布，打银器，用筒车提水灌田等，深度感受苗族人的文化。
+                <w:br/>
+                <w:br/>
+                午餐后前往【宝峰湖】是一座罕见的高峡平湖，被称为“世界湖泊经典” ，四周群山环抱，湖水碧绿如翡翠。乘坐游船游览，可欣赏到“金蟾含月”等奇特景观，船行湖面，微风拂面，惬意十足。宝峰飞瀑也是一大看点，飞流直下的瀑布气势磅礴，高达60多米。
+                <w:br/>
+                 后抵达张家界，入住酒店。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1240,78 +1235,76 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                超市-土司王宫-天门山玻璃栈道
+                超市-土司王宫
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐后 ，前往游览土家民族精粹和传统手工艺术展览中心——【印象张家界】（约3小时左右）参观土家民族精粹和传统 手工艺术展览中心该中心以涉及土家传统文化、张家界特色纯天然植物研究、张家界特色矿产岩石应用等领 域。
-[...9 lines deleted...]
-                2.土司王府内会有商店、工艺品店等等 ，旅游者如有购买需求请保留票证以便日后售后需要 ，不接受此购物范畴方面投诉 ！
+                早餐后 ，前往游览土家民族精粹和传统手工艺术展览中心——【印象张家界】（约2小时左右）参观土家民族精粹和传统 手工艺术展览中心该中心以涉及土家传统文化、张家界特色纯天然植物研究、张家界特色矿产岩石应用等领 域。
+                <w:br/>
+                 后前往参观【土司府】这里是湘西土家人历史的精粹，它是土家文化发源地 ，是整个湘西乃至全国幸存下来 ，保存最为完   好的土家古宅 ，堪称土家建筑的活化石。
+                <w:br/>
+                游览结束后，前往张家界酒店休息。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                土司王府内会有商店、工艺品店等等 ，旅游者如有购买需求请保留票证以便日后售后需要 ，不接受此购物范畴方面投诉
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1441,53 +1434,53 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 张家界-返回温暖的家
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐后 ，乘坐飞机返回温暖的家 ！
                 <w:br/>
                 <w:br/>
-                ——以上行程时间安排可能会因天气、路况等不可抗力因素——
-[...1 lines deleted...]
-                ——在不影响行程和接待标准前提下经全体游客协商同意后 ，进行游览顺序调整 ，敬请谅解——
+                 一缕阳光 ，两丝清风 ，万里无云 ，风和日丽 ，希望本次旅行的回忆 ，成为您以后工作中永恒的心灵驿站 ！
+                <w:br/>
+                温 馨提示 ：今日返程 ，请检查好个人物品 ，不要遗漏酒店。
                 <w:br/>
                 交通：大巴飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1669,52 +1662,50 @@
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                费用不含	
-                <w:br/>
                 1.旅游意外保险及航空保险 ，建议客人报名时提前购买	
                 <w:br/>
                 2.非行程内约定包含的景区内交通费用 ；私人所产生的个人费用等 ；小童门票超过费用（ 1.2 米以上）
                 <w:br/>
                 3.由于不可抗力或者旅行社、履行辅助人已尽合理注意义务仍无法避免的事件 ，而需要变更行程时产生的费用（包括但 不限于自然灾害、航班延误或取消、车辆故障、交通意外等 ）意外等。
                 <w:br/>
                 4.退费说明 ：此行程为打包特价、所有特殊证件全程均无任何优惠/退费、不接受退费疑问投诉
                 <w:br/>
                 5.1.2 米以上--26 岁（含 26 岁周岁 ）不占床亦无退费
                 <w:br/>
                 5. 自由活动期间交通费、餐费等私人一切消费 ；
                 <w:br/>
                 6. 酒店内洗衣、理发、电话、传真、收费电视、饮料、烟酒、小吃等个人消费 ；
                 <w:br/>
                 7.不愿拼房所需要补的房差费用 ；
                 <w:br/>
                 8.个人到旅游区的购物、娱乐等消费以及途中用餐的费用 ；
                 <w:br/>
                 9.因交通延误、取消等意外事件或不可抗力原因导致的额外费用 ，及个人所产生的费用等 ；
                 <w:br/>
                 10.客人所在地往返于指定集合地点的交通费 ，如需要接送 ，费用另议 ；
                 <w:br/>
                 11.旅游者因个人原因无法抵达我社指定的集合地点 ，造成的后果自行承担 ；
               </w:t>
             </w:r>
@@ -2124,51 +2115,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                          打印日期：2025-10-23</w:t>
+      <w:t xml:space="preserve">                                                                          打印日期：2026-01-09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>