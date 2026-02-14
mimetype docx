--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -342,55 +342,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...3 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
@@ -441,59 +437,51 @@
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">产品介绍</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8500" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【精华景点】鼓浪屿-山海健康步道-赶海抓蟹-帆船出海-网红景点一网打尽！
                 <w:br/>
-                 【夜宿琴岛】特别安排入住鼓浪屿精品特色客栈，伴着海浪声入睡！
-[...7 lines deleted...]
-                 【壕礼相赠】老别墅下午茶丨旅拍底片丨帆船出海
+                 【夜宿琴岛】特别安排入住鼓浪屿一晚，伴着海浪声入睡！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1000" w:type="dxa"/>
@@ -558,51 +546,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 济南-厦门 接机-酒店入住-自由活动
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                专车接机，抵达酒店后，全天自由活动，
+                司机接机，抵达酒店后，全天自由活动，
                 <w:br/>
                 抵达时间早的，推荐您前往中山路自由活动
                 <w:br/>
                 <w:br/>
                 推荐地点：中山路步行街
                 <w:br/>
                 中山路步行街是厦门的商业街，代表了厦门的繁华。这里除了琳琅满目的特色商铺，还保存着众多的文物古迹，如连排骑楼建筑、陈化成故居、闽南民居红砖厝、罗马式建筑风格的中华圣堂等，这些虽是年代已久的文物古迹，斑驳之中却更显闽南深厚的文化底蕴。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -719,113 +707,116 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                旅拍-山海步道-老别墅下午茶-鼓浪屿一日游
+                南普陀寺-山海步道-老别墅下午茶-鼓浪屿一日游
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 早餐后，司机小哥驾驶空调巴士到各个酒店接您，开始今日的鹭岛之旅。
                 <w:br/>
-                景点 · 山海健康步道——打卡“八山三水”盛景（08:00左右抵达）
-[...3 lines deleted...]
-                景点 · 世界文化遗产国家5A级景区—鼓浪屿+网红景点旅拍（赠送精美照片10张以上）
+                景点 · 游览千年古刹—南普陀
+                <w:br/>
+                【南普陀】南普陀寺坐落在厦门大学的边上，它是闽南乃至全国闻名的佛教寺院，如果准备祈福，不妨来这里拜拜。寺庙后就是五老峰，也是厦门八大景之一。南普陀寺起源于唐代，清康熙重建，因其与普陀山普济寺同为主祀观音菩萨，又地处普陀山之南，故名南普陀寺。
+                <w:br/>
+                网红景点 拍照打卡 山海健康步道——打卡“八山三水”盛景
+                <w:br/>
+                厦门山海健康步道串联“八山三水”，必然要“翻山越岭”，起于邮轮码头，终于观音山梦幻沙滩，沿线串联筼筜湖、狐尾山、仙岳山、园山、薛岭山、虎头山、金山、湖边水库、五缘湾、虎仔山、观音山等岛内的“八山三水”。
+                <w:br/>
+                景点 · 世界文化遗产国家5A级景区—鼓浪屿+网红景点旅拍
                 <w:br/>
                 由码头乘轮渡前往海上花园，美丽五大城区之首——鼓浪屿。鼓浪屿最鼎盛时期，从小路经过，几乎可以听到每家每户传出的钢琴弹奏声音，因而鼓浪屿又有「海上钢琴之岛」的盛名。鼓浪屿，厦门西南一隅的小岛屿，大海环抱，沙滩树影，小巷清幽，每个细微之处都能让人忍不住拿起相机记录下来，无论是爱好人像还是建筑，鼓浪屿都能拿出满分的答卷，鼓浪屿这座不足两万平方公里的世遗之岛，本身就是一座建筑博物馆，有着风格各异保留完好的老建筑，其中含有51组代表性历史建筑及宅院，4组历史道路、7处代表性自然景观与2处代表性文化遗迹。是不是脑海已有了阳光沙滩海岛仙人掌的画面了呢？四面环海的岛屿本来就是天然的拍照地，何况它还这么富有故事底蕴。小岛被绿树环绕，迎着清新的空气探秘一见倾心的景致，然后把它们用镜头一帧一帧留住，或许这就是旅行的意义之一。岛上太适合旅拍，一条不知名的小巷、一座早已断了烟火气的老别墅、一颗见证时光变迁的老榕树、一株路边盛开的鲜花、一处未曾经得起时间的旧物遗址……随意的镜头捕捉，都是极富故事性的人在旅途。来了厦门，这座连空气都饱含故事的小岛是厦门当之无愧的最佳拍摄地。
                 <w:br/>
                 「最美转角」在洋楼林立、街巷错落的鼓浪屿上，其实有很多转角都让人流连，但唯独这个转角被称为“最美转角”。两条街巷交汇形成的45度夹角处，一栋形状像海上帆船的三层红色砖楼亭亭玉立，一旁绿树成荫红花掩映，砖楼下方的木质路牌更增添了文艺气息。
                 <w:br/>
                 「晓学堂•虫洞书店」网红打卡拍照，邂逅百年老别墅的午后时光，更显格调。它不单单是单纯意义的书店，更集图书、时尚、艺术和简餐阅读以及旅行空间一体，更全面的展示它的丰富性。时光会走远，影像会长存，所走的每一步都有迹可循。
                 <w:br/>
                 「协和礼拜堂」婚纱照取景圣地19世纪中期，不少西方人离开欧美，远涉重洋来到鼓浪屿工作、生活。这些来鼓的外国人多为虔诚的基督徒，他们为了举行主日崇拜，遂决定在鼓浪屿建一所教堂。于是各差会（美国归正教会、英国伦敦公会、英国长老会）的信徒纷纷捐款，在鼓浪屿的鹿礁顶（亦称上鹿礁）建造教堂。1863年，这座新古典主义风格的教堂竣工，时称“国际礼拜堂”。此为鼓浪屿上最早的教堂。
                 <w:br/>
                 「天主教堂-万国领事馆建筑博览」
                 <w:br/>
                 这一路是摄影师们喜爱的一段，也是你错过会倍感遗憾的一段路程。除了见识到岛民们听音乐会的聚集地，岛上两座最知名宗教建筑将在你眼前呈现，古希腊式基督教堂，哥特式罗曼建筑特征的天主教堂，还有3大知名领事馆，都将给你带来全新的视觉体验
                 <w:br/>
                 「怡园-林鹤年故居」坐落于鼓浪屿福建路24号，约于1896年建成，为两层清水红砖别墅，四周均系华侨所建的各式别墅，居住环境清静幽雅，十分理想。林鹤年 是那时代的先驱者，为国献军需，助华夏安邦。
                 <w:br/>
                 「面朝大海，踩沙踏浪」来厦门最不能错过的是看海，特别是对于北方内地的旅行者来说。鼓浪屿有大小诸多海滩，我们选取了配套设施最为完善，视野也最为开阔的【港仔后沙滩】，带你体验漫步在南方小岛海滩，赤脚戏水踩沙的休闲时光。一路欣赏，一路拍照，
                 <w:br/>
                 【老别墅下午茶】鼓浪屿最有特色的茶点当属鼓浪屿手工馅饼，一路走来，想必大家也已饥肠辘辘，在下岛之前，我们品一品特色手工馅饼，尝一口凤梨酥，喝一杯果茶，为鼓浪屿之行画上一个圆满的句号~
                 <w:br/>
                 特别提醒：如果当天时间紧凑，可能无法安排下午茶，赠送项目，费用不退
                 <w:br/>
-                鼓浪屿网红景区定点旅拍 6-8人/小时。 专业摄影师拍出不一样的你，底片全送。每人精选10张
-                <w:br/>
+                鼓浪屿网红景区定点旅拍。 专业摄影师拍出不一样的你，底片全送。
                 <w:br/>
                 小贴士 穿衣指南：看过那么多客片，鼓浪屿是最容易出片的地方，在服装方面是最好选择的，只要记住要拍小清新的照片就要避免深色系的衣服，黑色首先就被pass了，其他就按照自己穿搭风格来就好，鼓浪屿不仅适合小姐姐旅拍，闺蜜情侣甚至是亲子家庭都可以拍出大片的视觉感受
                 <w:br/>
                 今日提示：
                 <w:br/>
                 ●鼓浪屿全程步行，请各位游客轻装上阵！
                 <w:br/>
                 ●鼓浪屿轮渡实行实名制，请携带下单时所提供的证件出行（即下单时使用身份证，请携带身份证出行；下单使用护照，请携带护照出行，以此类推），若证件不符，会产生无法上岛及船票损失，敬请知晓并谅解。
                 <w:br/>
                 ●备注：鼓浪屿船班紧张，以实际出票船班时间为准！
                 <w:br/>
-                ●鼓浪屿上不允许导游使用扩音器，为了使游客更好的接收到导游的讲解，岛上有提供无线耳麦的有偿租赁服务，非必需品，游客可根据自身需要决定是否租赁无线耳麦20元/人（用完归还），绝不强制！
+                ●鼓浪屿上不允许导游使用扩音器，为了使游客更好的接收到导游的讲解，岛上有提供无线耳麦的有偿租赁服务，非必需品，游客可根据自身需要决定是否租赁无线耳麦，绝不强制！
                 <w:br/>
                 ●鼓浪屿上特产店繁多，客人自由选购（并非旅行社购物店，请各游客不要误解）
                 <w:br/>
-                集合上车，乘旅游巴士沿路依次送各位贵宾回酒店休息。
+                晚上入住鼓浪屿特色客栈，（PS：鼓浪屿上住宿条件有限，以特色体验为主，大家要做好心理准备哦~）
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
@@ -1120,68 +1111,72 @@
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                帆船出海-音乐广场-沙坡尾-演武大桥观景平台
+                植物园-帆船出海-音乐广场-沙坡尾-演武大桥观景平台
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 司机小哥驾驶空调巴士到各个酒店接贵宾。
+                <w:br/>
+                景点 · 【4A景点-万石植物园】
+                <w:br/>
+                游览新晋网红景点【万石植物园】，首批国家AAAA级旅游景区，现已引种、收集6300多种热带、亚热带观赏植物，建成棕榈岛、仙人掌世界、百花厅、松杉园、南洋杉草坪、蔷薇园等十多个各具特色的植物专类园。在烟雾中仙境般的雨林世界区，和种满了仙人掌热情如墨西哥的多肉植物区，留下仙气十足的照片。
                 <w:br/>
                 【帆船出海】（请一定要带上身份证 否则无法上船）
                 <w:br/>
                 与私人帆船教练一起乘风破浪，在辽阔的金厦海域，欣赏厦门壮丽的海岸线，观览独一无二的金门风光，近距离接触金门的文化气息，还有概率会看到海豚跃于波光粼粼的海面，奢享小资生活的精致体验。
                 <w:br/>
                 景点 · 鹭岛黄金海岸赶海踏浪
                 <w:br/>
                 抵达海岸滩涂渔场体验赶海乐趣、卷起裤子、带着特制的赶海工具，到浅海滩涂捕捉鱼虾、挖蛤蜊、捡贝壳，享受大海的馈赠~【滩涂赶海】（PS:自理赶海工具租用费：水桶+铲子+雨靴+冲水=25元/人）动起您的双手，拿起专业工具，去开采属于您的海上‘珍宝吧’！
                 <w:br/>
                 海洋小贴士：海蟹的大部分时间是在寻找食物，它们一般并不挑食，只要能够弄到的食物都可以吃，小鱼虾是它们的最爱，不过有些螃蟹吃海藻，甚至于连动物尸体和植物都能吃。
                 <w:br/>
                 温馨提醒：
                 <w:br/>
                 1、带眼镜的朋友，可以准备一个眼镜绳噢，可以自己制作哈，避免玩耍时眼镜脱落情况出现；
                 <w:br/>
                 2、如可以请准备一套备用衣服，可以免费寄存；
                 <w:br/>
                 3、携带老人及儿童，应有成人家属陪同，照看好老人儿童！
                 <w:br/>
                 4、建议携带常备出游物品，如晕车贴，正气水，防晒乳，风油精，防蚊药水等。
                 <w:br/>
                 【沙滩排球】是目前唯一在沙地上进行比赛的奥运会正式项目。它集竞技体育、旅游、娱乐为一体，拥有现代竞技体育运动的所有特点：快速、悬念，对身体素质的高要求。给旅途中展示更全面的体验，一次玩到嗨！
                 <w:br/>
                 【沙滩风筝】浩瀚星空，余晖落日，海浪和沙，用风筝代我们自由翱翔放飞梦想。
                 <w:br/>
@@ -1532,61 +1527,65 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 交通：
                 <w:br/>
                 1.济南-厦门往返经济舱 团队机票（已含基建，燃油税 团队机票 一旦出票 无法改签或退票 如不正常乘坐 机票费用全损）
                 <w:br/>
                 2.区间空调旅游车（注意：因地域用车皆为套车，既全程不固定使用同一辆车，请客人上下车务必带好随身物品，避免丢失！有可能会出现人换车等车30分钟以内的现象均属正常，望客人谅解）
                 <w:br/>
                 3.目的地拼车接送机（站）服务
                 <w:br/>
                 住宿：
                 <w:br/>
                 1. 成人所列酒店住宿费用 双人标准间。
                 <w:br/>
                 2. 行程所列酒店住宿段，儿童不占床(与成人共用床铺)。但是若您为1大1小出行，为避免打搅您和同房客人的休息，则儿童必须占床，请您预订时补齐单房差。
                 <w:br/>
                 厦门参考酒店：普通空调标间（ 携程两钻）：家美家 金佰利 金凯酒店 厦欣花园 渼夜酒店(东渡厦鼓邮轮码头店) 厦门悦庭酒店 润祥隆酒店或同级，具体以当地实际安排为准！
                 <w:br/>
+                参考酒店（舒适型 携程四钻）：柏纳酒店（机场湖里大道店）亨龙酒店 森海丽景等，具体以当地实际安排为准
+                <w:br/>
                 鼓浪屿普通空调标间：海屿之恋，名屿之恋，南洋树，鼓城客栈，367客栈等同级，具体以当地实际安排为准！
                 <w:br/>
+                参考鼓浪屿酒店（舒适型 携程三钻）；鼓浪屿印象假日酒店等，具体以当地实际安排为准
+                <w:br/>
                 门票：
                 <w:br/>
                 1. 成人行程中所列景点/场馆首到大门票（因鼓浪屿船票为网络订票，需团进团出，且取消不退费，船票进出港时间以实际购到票为准。 及鼓浪屿实行人数限制，轮渡票需提前订票，订票后无法补差价补票。小孩身高如超过1.4米，需提前通知我方买全票轮渡票，如因客人信息传达错误引起无法登船等后果由客人自行负责。轮渡票临时补票无法保证与我社预订的班次一致。）
                 <w:br/>
                 2. 儿童因景区/场馆标准不一样，儿童价不含景区/场馆门票费用，如产生儿童门票费用，游客可自行到景区/场馆购买门票或由服务人员代为购买。
                 <w:br/>
                 导游：执证导游，全部经过岗前服务培训的服务型导游；
                 <w:br/>
-                用餐：含3早1正餐 10人一桌 八菜一汤不含酒水（如不满十人或超出十人，餐厅将视具体情况调整，具体餐厅名称待定）
+                用餐：含4早1正餐 10人一桌 八菜一汤不含酒水（如不满十人或超出十人，餐厅将视具体情况调整，具体餐厅名称待定）
                 <w:br/>
                 早餐均为酒店赠送不用不退
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2183,51 +2182,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                          打印日期：2025-10-23</w:t>
+      <w:t xml:space="preserve">                                                                          打印日期：2026-02-15</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>